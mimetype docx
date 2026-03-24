--- v0 (2026-01-30)
+++ v1 (2026-03-24)
@@ -361,51 +361,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">/uploads/9721009c4889c6aa182e9d321f063db30d5d31a4.png</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="666666"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">Generated: 1/30/2026 • Garden Pearls</w:t>
+        <w:t xml:space="preserve">Generated: 3/24/2026 • Garden Pearls</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p>
       <w:pPr>